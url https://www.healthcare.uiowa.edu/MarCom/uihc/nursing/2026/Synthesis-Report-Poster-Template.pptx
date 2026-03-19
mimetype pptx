--- v0 (2025-10-18)
+++ v1 (2026-03-19)
@@ -397,54 +397,54 @@
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="15620"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="40" d="100"/>
-          <a:sy n="40" d="100"/>
+          <a:sx n="15" d="100"/>
+          <a:sy n="15" d="100"/>
         </p:scale>
-        <p:origin x="30" y="30"/>
+        <p:origin x="1056" y="12"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="4608"/>
         <p:guide pos="8640"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.fntdata"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.fntdata"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.fntdata"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.fntdata"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.fntdata"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.fntdata"/><Relationship Id="rId19" Type="http://schemas.microsoft.com/office/2018/10/relationships/authors" Target="authors.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.fntdata"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.fntdata"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -511,51 +511,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E6D85558-C647-42A2-89DA-64BACBE8C281}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>8/18/2025</a:t>
+              <a:t>11/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="536575" y="1143000"/>
             <a:ext cx="5784850" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -1072,51 +1072,51 @@
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master subtitle style</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>8/18/2025</a:t>
+              <a:t>11/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1241,51 +1241,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>8/18/2025</a:t>
+              <a:t>11/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1420,51 +1420,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>8/18/2025</a:t>
+              <a:t>11/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1660,51 +1660,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>8/18/2025</a:t>
+              <a:t>11/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1906,51 +1906,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>8/18/2025</a:t>
+              <a:t>11/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2136,51 +2136,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>8/18/2025</a:t>
+              <a:t>11/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2501,51 +2501,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>8/18/2025</a:t>
+              <a:t>11/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2619,51 +2619,51 @@
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>8/18/2025</a:t>
+              <a:t>11/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2715,51 +2715,51 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>8/18/2025</a:t>
+              <a:t>11/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2991,51 +2991,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>8/18/2025</a:t>
+              <a:t>11/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3247,51 +3247,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>8/18/2025</a:t>
+              <a:t>11/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3463,51 +3463,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="1885950" y="13560215"/>
             <a:ext cx="6172200" cy="778933"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="2560">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>8/18/2025</a:t>
+              <a:t>11/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="9086850" y="13560215"/>
             <a:ext cx="9258300" cy="778933"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -6196,56 +6196,53 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101007C1354223D73F44E8307C33932345898" ma:contentTypeVersion="6" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="58f7ba7c8bf549ae0dc082401f1d4b14">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="444e63f2-4049-45bb-9f29-b1128b62fc0d" xmlns:ns3="67736175-3ebb-4a7e-a865-5ac0583164f8" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6c60acea5fe21133d243e1d093b58baa" ns2:_="" ns3:_="">
     <xsd:import namespace="444e63f2-4049-45bb-9f29-b1128b62fc0d"/>
     <xsd:import namespace="67736175-3ebb-4a7e-a865-5ac0583164f8"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
@@ -6382,141 +6379,144 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...1 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{01B3E407-939C-4A3F-A71F-828A0A48C5D6}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3D4CA2E7-B233-4766-8D04-3AC9EBA3222A}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="67736175-3ebb-4a7e-a865-5ac0583164f8"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="444e63f2-4049-45bb-9f29-b1128b62fc0d"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3B31B645-EF02-4E2C-A51F-4D886DB44F98}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="444e63f2-4049-45bb-9f29-b1128b62fc0d"/>
     <ds:schemaRef ds:uri="67736175-3ebb-4a7e-a865-5ac0583164f8"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3D4CA2E7-B233-4766-8D04-3AC9EBA3222A}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{01B3E407-939C-4A3F-A71F-828A0A48C5D6}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-[...8 lines deleted...]
-    <ds:schemaRef ds:uri="444e63f2-4049-45bb-9f29-b1128b62fc0d"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Office 2013 - 2022 Theme</Template>
   <TotalTime></TotalTime>
   <Words>53</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Custom</PresentationFormat>
   <Paragraphs>19</Paragraphs>
   <Slides>1</Slides>
   <Notes>1</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="7" baseType="lpstr">
+      <vt:lpstr>Segoe UI</vt:lpstr>
+      <vt:lpstr>Arial</vt:lpstr>
+      <vt:lpstr>Calibri</vt:lpstr>
+      <vt:lpstr>Georgia</vt:lpstr>
       <vt:lpstr>Calibri Light</vt:lpstr>
-      <vt:lpstr>Arial</vt:lpstr>
-[...2 lines deleted...]
-      <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Office 2013 - 2022 Theme</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Title of poster will go here: The title space is meant to stretch for two lines to accommodate lengthy titles</dc:title>
   <dc:creator>Potter, Ryan M</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">